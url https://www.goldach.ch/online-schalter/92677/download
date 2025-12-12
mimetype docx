--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -12,51 +12,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9071"/>
       </w:tblGrid>
       <w:tr w:rsidR="009B3938" w:rsidRPr="009B3938" w14:paraId="316F7147" w14:textId="77777777" w:rsidTr="00F33136">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9071" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18668E57" w14:textId="77777777" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00F33136">
             <w:pPr>
               <w:pStyle w:val="Hidden"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
@@ -557,58 +557,58 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Kontrollkästchen31"/>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ja</w:t>
             </w:r>
             <w:r w:rsidR="00CE7215">
@@ -746,58 +746,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
@@ -857,58 +857,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ja</w:t>
             </w:r>
             <w:r w:rsidR="00CE7215">
               <w:rPr>
@@ -1045,58 +1045,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
@@ -1411,58 +1411,58 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Kontrollkästchen1"/>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009B3938" w:rsidRPr="009B3938">
@@ -1486,58 +1486,58 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Kontrollkästchen2"/>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009B3938" w:rsidRPr="009B3938">
@@ -2486,324 +2486,334 @@
       <w:pPr>
         <w:pStyle w:val="Untertitel"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="539F5C05" w14:textId="77777777" w:rsidR="002F322D" w:rsidRDefault="002F322D">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BEC253E" w14:textId="636277EB" w:rsidR="009B3938" w:rsidRDefault="009B3938" w:rsidP="009B3938">
       <w:pPr>
         <w:pStyle w:val="Untertitel"/>
       </w:pPr>
       <w:r w:rsidRPr="009B3938">
         <w:lastRenderedPageBreak/>
         <w:t>Betreuungsmodule</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29ED306D" w14:textId="474A2517" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
+    <w:p w14:paraId="29ED306D" w14:textId="605449AC" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen32"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E83A53">
+      <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00E83A53">
+      <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00CC1BFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7C92" w:rsidRPr="00422EB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Montag, </w:t>
       </w:r>
       <w:r w:rsidR="008D65D6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>29</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AA7C92" w:rsidRPr="00422EB6">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00574131">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AB3611">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7C92" w:rsidRPr="00422EB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008D65D6">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3611">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>September</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AA7C92" w:rsidRPr="00422EB6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D65D6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> bis Freitag, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008D65D6">
+        <w:t>September</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7C92" w:rsidRPr="00422EB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>03</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AA7C92" w:rsidRPr="00422EB6">
+        <w:t xml:space="preserve"> bis Freitag, </w:t>
+      </w:r>
+      <w:r w:rsidR="008D65D6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008D65D6">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00574131">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Oktober</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00AA7C92" w:rsidRPr="00422EB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="008D65D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Oktober</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7C92" w:rsidRPr="00422EB6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00574131">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1559BC2F" w14:textId="77777777" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9180" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2256"/>
         <w:gridCol w:w="2682"/>
         <w:gridCol w:w="848"/>
         <w:gridCol w:w="849"/>
         <w:gridCol w:w="848"/>
         <w:gridCol w:w="849"/>
         <w:gridCol w:w="848"/>
       </w:tblGrid>
       <w:tr w:rsidR="009B3938" w:rsidRPr="009B3938" w14:paraId="46E7033C" w14:textId="77777777" w:rsidTr="00F33136">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1326"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4928" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4D5D8B2C" w14:textId="77777777" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
+          <w:p w14:paraId="4D5D8B2C" w14:textId="5228A67B" w:rsidR="00036A0C" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00036A0C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>Betreuung</w:t>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009B3938">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="18B0F40C" w14:textId="77777777" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
+          <w:p w14:paraId="18B0F40C" w14:textId="6C5B756C" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B3938">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="578F3AC3" w14:textId="77777777" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3025,58 +3035,58 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="15" w:name="Kontrollkästchen3"/>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A82D374" w14:textId="77777777" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
             <w:pPr>
@@ -3095,58 +3105,58 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="16" w:name="Kontrollkästchen8"/>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37F703CD" w14:textId="77777777" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
             <w:pPr>
@@ -3165,58 +3175,58 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="17" w:name="Kontrollkästchen13"/>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A599037" w14:textId="77777777" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
             <w:pPr>
@@ -3235,58 +3245,58 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="18" w:name="Kontrollkästchen18"/>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78FE3F0E" w14:textId="77777777" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
             <w:pPr>
@@ -3305,58 +3315,58 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="19" w:name="Kontrollkästchen23"/>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B3938" w:rsidRPr="009B3938" w14:paraId="48944D2E" w14:textId="77777777" w:rsidTr="00F33136">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62471662" w14:textId="77777777" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
@@ -3451,58 +3461,58 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="20" w:name="Kontrollkästchen4"/>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4526BDB8" w14:textId="77777777" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
             <w:pPr>
@@ -3521,58 +3531,58 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="Kontrollkästchen9"/>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A492677" w14:textId="77777777" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
             <w:pPr>
@@ -3591,58 +3601,58 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="22" w:name="Kontrollkästchen14"/>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63558F46" w14:textId="77777777" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
             <w:pPr>
@@ -3661,58 +3671,58 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="23" w:name="Kontrollkästchen19"/>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64666DEF" w14:textId="77777777" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
             <w:pPr>
@@ -3731,58 +3741,58 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="24" w:name="Kontrollkästchen24"/>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B3938" w:rsidRPr="009B3938" w14:paraId="65297A12" w14:textId="77777777" w:rsidTr="00F33136">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C61B200" w14:textId="77777777" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
@@ -3872,58 +3882,58 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="25" w:name="Kontrollkästchen5"/>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CA3CA5A" w14:textId="77777777" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
             <w:pPr>
@@ -3943,58 +3953,58 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="26" w:name="Kontrollkästchen10"/>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0296A2A9" w14:textId="77777777" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
             <w:pPr>
@@ -4014,58 +4024,58 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="27" w:name="Kontrollkästchen15"/>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67EAD734" w14:textId="77777777" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
             <w:pPr>
@@ -4085,58 +4095,58 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="28" w:name="Kontrollkästchen20"/>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="374ECD5F" w14:textId="77777777" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
             <w:pPr>
@@ -4156,363 +4166,373 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="29" w:name="Kontrollkästchen25"/>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6481BF01" w14:textId="77777777" w:rsidR="003B6EC7" w:rsidRDefault="003B6EC7" w:rsidP="00CC1BFC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71B0A6BA" w14:textId="6CDA69C8" w:rsidR="00422EB6" w:rsidRPr="009B3938" w:rsidRDefault="00422EB6" w:rsidP="00CC1BFC">
+    <w:p w14:paraId="71B0A6BA" w14:textId="36A7243F" w:rsidR="00422EB6" w:rsidRPr="009B3938" w:rsidRDefault="00422EB6" w:rsidP="00CC1BFC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen33"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E83A53">
+      <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00E83A53">
+      <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00CC1BFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00422EB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Montag, </w:t>
       </w:r>
       <w:r w:rsidR="003A6DA7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>06</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00422EB6">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7D92">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006E561E">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00422EB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Oktober</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00422EB6">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006E561E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> bis </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006E561E">
+        <w:t>Oktober</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00422EB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Freitag, 10</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0037033B">
+        <w:t xml:space="preserve"> bis </w:t>
+      </w:r>
+      <w:r w:rsidR="006E561E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006E561E">
+        <w:t xml:space="preserve">Freitag, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7D92">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Oktober</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00422EB6">
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidR="0037033B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006E561E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Oktober</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00422EB6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7D92">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13789F01" w14:textId="77777777" w:rsidR="003B6EC7" w:rsidRDefault="003B6EC7" w:rsidP="00CC1BFC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9180" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2256"/>
         <w:gridCol w:w="2682"/>
         <w:gridCol w:w="848"/>
         <w:gridCol w:w="849"/>
         <w:gridCol w:w="848"/>
         <w:gridCol w:w="849"/>
         <w:gridCol w:w="848"/>
       </w:tblGrid>
       <w:tr w:rsidR="00422EB6" w:rsidRPr="009B3938" w14:paraId="613688C1" w14:textId="77777777" w:rsidTr="00F9687B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1326"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4928" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5378AB50" w14:textId="77777777" w:rsidR="00422EB6" w:rsidRPr="009B3938" w:rsidRDefault="00422EB6" w:rsidP="00CC1BFC">
+          <w:p w14:paraId="5378AB50" w14:textId="1C8C6C6F" w:rsidR="00036A0C" w:rsidRPr="009B3938" w:rsidRDefault="00422EB6" w:rsidP="00036A0C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>Betreuung</w:t>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009B3938">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="575106E9" w14:textId="77777777" w:rsidR="00422EB6" w:rsidRPr="009B3938" w:rsidRDefault="00422EB6" w:rsidP="00CC1BFC">
+          <w:p w14:paraId="575106E9" w14:textId="33898AC7" w:rsidR="00422EB6" w:rsidRPr="009B3938" w:rsidRDefault="00422EB6" w:rsidP="00CC1BFC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B3938">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="5A82F33B" w14:textId="77777777" w:rsidR="00422EB6" w:rsidRPr="009B3938" w:rsidRDefault="00422EB6" w:rsidP="00CC1BFC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4733,58 +4753,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66071821" w14:textId="77777777" w:rsidR="00422EB6" w:rsidRPr="009B3938" w:rsidRDefault="00422EB6" w:rsidP="00CC1BFC">
             <w:pPr>
               <w:tabs>
@@ -4801,58 +4821,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39359AAE" w14:textId="77777777" w:rsidR="00422EB6" w:rsidRPr="009B3938" w:rsidRDefault="00422EB6" w:rsidP="00CC1BFC">
             <w:pPr>
               <w:tabs>
@@ -4869,58 +4889,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="587BE63E" w14:textId="77777777" w:rsidR="00422EB6" w:rsidRPr="009B3938" w:rsidRDefault="00422EB6" w:rsidP="00CC1BFC">
             <w:pPr>
               <w:tabs>
@@ -4937,58 +4957,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="243CBAFB" w14:textId="77777777" w:rsidR="00422EB6" w:rsidRPr="009B3938" w:rsidRDefault="00422EB6" w:rsidP="00CC1BFC">
             <w:pPr>
               <w:tabs>
@@ -5005,58 +5025,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00422EB6" w:rsidRPr="009B3938" w14:paraId="2A247EC3" w14:textId="77777777" w:rsidTr="00F9687B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="072FD253" w14:textId="77777777" w:rsidR="00422EB6" w:rsidRPr="009B3938" w:rsidRDefault="00422EB6" w:rsidP="00CC1BFC">
             <w:pPr>
@@ -5149,58 +5169,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AAF6F57" w14:textId="77777777" w:rsidR="00422EB6" w:rsidRPr="009B3938" w:rsidRDefault="00422EB6" w:rsidP="00CC1BFC">
             <w:pPr>
               <w:tabs>
@@ -5217,58 +5237,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="174F5518" w14:textId="77777777" w:rsidR="00422EB6" w:rsidRPr="009B3938" w:rsidRDefault="00422EB6" w:rsidP="00CC1BFC">
             <w:pPr>
               <w:tabs>
@@ -5285,58 +5305,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59803031" w14:textId="77777777" w:rsidR="00422EB6" w:rsidRPr="009B3938" w:rsidRDefault="00422EB6" w:rsidP="00CC1BFC">
             <w:pPr>
               <w:tabs>
@@ -5353,58 +5373,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25C5A3AA" w14:textId="77777777" w:rsidR="00422EB6" w:rsidRPr="009B3938" w:rsidRDefault="00422EB6" w:rsidP="00CC1BFC">
             <w:pPr>
               <w:tabs>
@@ -5421,58 +5441,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00422EB6" w:rsidRPr="009B3938" w14:paraId="70D232BD" w14:textId="77777777" w:rsidTr="00F9687B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="551FB5B0" w14:textId="77777777" w:rsidR="00422EB6" w:rsidRPr="009B3938" w:rsidRDefault="00422EB6" w:rsidP="00CC1BFC">
             <w:pPr>
@@ -5560,58 +5580,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C48184F" w14:textId="77777777" w:rsidR="00422EB6" w:rsidRPr="009B3938" w:rsidRDefault="00422EB6" w:rsidP="00CC1BFC">
             <w:pPr>
               <w:tabs>
@@ -5629,58 +5649,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14D9556F" w14:textId="77777777" w:rsidR="00422EB6" w:rsidRPr="009B3938" w:rsidRDefault="00422EB6" w:rsidP="00CC1BFC">
             <w:pPr>
               <w:tabs>
@@ -5698,58 +5718,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70AF48C8" w14:textId="77777777" w:rsidR="00422EB6" w:rsidRPr="009B3938" w:rsidRDefault="00422EB6" w:rsidP="00CC1BFC">
             <w:pPr>
               <w:tabs>
@@ -5767,58 +5787,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F88091C" w14:textId="77777777" w:rsidR="00422EB6" w:rsidRPr="009B3938" w:rsidRDefault="00422EB6" w:rsidP="00CC1BFC">
             <w:pPr>
               <w:tabs>
@@ -5836,382 +5856,392 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4E9E9BDB" w14:textId="77777777" w:rsidR="003B6EC7" w:rsidRDefault="003B6EC7" w:rsidP="00CC1BFC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2293D0A2" w14:textId="0ED422F4" w:rsidR="001B60B3" w:rsidRPr="009B3938" w:rsidRDefault="001B60B3" w:rsidP="001B60B3">
+    <w:p w14:paraId="2293D0A2" w14:textId="70C63E67" w:rsidR="001B60B3" w:rsidRPr="009B3938" w:rsidRDefault="001B60B3" w:rsidP="001B60B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen33"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E83A53">
+      <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00E83A53">
+      <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00422EB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Montag, </w:t>
       </w:r>
       <w:r w:rsidR="00C07017">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>13</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00422EB6">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7D92">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C07017">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00422EB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Oktober</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00422EB6">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07017">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> bis </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C07017">
+        <w:t>Oktober</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00422EB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Freitag</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00422EB6">
+        <w:t xml:space="preserve"> bis </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07017">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C07017">
+        <w:t>Freitag</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00422EB6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>17</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07017">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C07017">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7D92">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Oktober</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00422EB6">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07017">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Oktober</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00422EB6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7D92">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BB796EB" w14:textId="77777777" w:rsidR="001B60B3" w:rsidRDefault="001B60B3" w:rsidP="001B60B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9180" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2256"/>
         <w:gridCol w:w="2682"/>
         <w:gridCol w:w="848"/>
         <w:gridCol w:w="849"/>
         <w:gridCol w:w="848"/>
         <w:gridCol w:w="849"/>
         <w:gridCol w:w="848"/>
       </w:tblGrid>
       <w:tr w:rsidR="001B60B3" w:rsidRPr="009B3938" w14:paraId="41C0B432" w14:textId="77777777" w:rsidTr="00992E47">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1326"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4928" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6D257475" w14:textId="77777777" w:rsidR="001B60B3" w:rsidRPr="009B3938" w:rsidRDefault="001B60B3" w:rsidP="00992E47">
+          <w:p w14:paraId="6D257475" w14:textId="781A1B0B" w:rsidR="00036A0C" w:rsidRPr="009B3938" w:rsidRDefault="001B60B3" w:rsidP="00036A0C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>Betreuung</w:t>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009B3938">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="50F1AA75" w14:textId="77777777" w:rsidR="001B60B3" w:rsidRPr="009B3938" w:rsidRDefault="001B60B3" w:rsidP="00992E47">
+          <w:p w14:paraId="50F1AA75" w14:textId="5C600878" w:rsidR="001B60B3" w:rsidRPr="009B3938" w:rsidRDefault="001B60B3" w:rsidP="00992E47">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009B3938">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="62253161" w14:textId="77777777" w:rsidR="001B60B3" w:rsidRPr="009B3938" w:rsidRDefault="001B60B3" w:rsidP="00992E47">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -6432,58 +6462,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71024E5D" w14:textId="77777777" w:rsidR="001B60B3" w:rsidRPr="009B3938" w:rsidRDefault="001B60B3" w:rsidP="00992E47">
             <w:pPr>
               <w:tabs>
@@ -6500,58 +6530,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00853A01" w14:textId="77777777" w:rsidR="001B60B3" w:rsidRPr="009B3938" w:rsidRDefault="001B60B3" w:rsidP="00992E47">
             <w:pPr>
               <w:tabs>
@@ -6568,58 +6598,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="120EE15A" w14:textId="77777777" w:rsidR="001B60B3" w:rsidRPr="009B3938" w:rsidRDefault="001B60B3" w:rsidP="00992E47">
             <w:pPr>
               <w:tabs>
@@ -6636,58 +6666,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FE7FAE2" w14:textId="77777777" w:rsidR="001B60B3" w:rsidRPr="009B3938" w:rsidRDefault="001B60B3" w:rsidP="00992E47">
             <w:pPr>
               <w:tabs>
@@ -6704,58 +6734,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B60B3" w:rsidRPr="009B3938" w14:paraId="31F12C3E" w14:textId="77777777" w:rsidTr="00992E47">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02EA2E9A" w14:textId="77777777" w:rsidR="001B60B3" w:rsidRPr="009B3938" w:rsidRDefault="001B60B3" w:rsidP="00992E47">
             <w:pPr>
@@ -6848,58 +6878,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55580CF0" w14:textId="77777777" w:rsidR="001B60B3" w:rsidRPr="009B3938" w:rsidRDefault="001B60B3" w:rsidP="00992E47">
             <w:pPr>
               <w:tabs>
@@ -6916,58 +6946,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DF52FCD" w14:textId="77777777" w:rsidR="001B60B3" w:rsidRPr="009B3938" w:rsidRDefault="001B60B3" w:rsidP="00992E47">
             <w:pPr>
               <w:tabs>
@@ -6984,58 +7014,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3237926E" w14:textId="77777777" w:rsidR="001B60B3" w:rsidRPr="009B3938" w:rsidRDefault="001B60B3" w:rsidP="00992E47">
             <w:pPr>
               <w:tabs>
@@ -7052,58 +7082,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18F96054" w14:textId="77777777" w:rsidR="001B60B3" w:rsidRPr="009B3938" w:rsidRDefault="001B60B3" w:rsidP="00992E47">
             <w:pPr>
               <w:tabs>
@@ -7120,58 +7150,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B60B3" w:rsidRPr="009B3938" w14:paraId="08556B1B" w14:textId="77777777" w:rsidTr="00992E47">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2235" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C3B0312" w14:textId="77777777" w:rsidR="001B60B3" w:rsidRPr="009B3938" w:rsidRDefault="001B60B3" w:rsidP="00992E47">
             <w:pPr>
@@ -7259,58 +7289,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43B60623" w14:textId="77777777" w:rsidR="001B60B3" w:rsidRPr="009B3938" w:rsidRDefault="001B60B3" w:rsidP="00992E47">
             <w:pPr>
               <w:tabs>
@@ -7328,58 +7358,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39163459" w14:textId="77777777" w:rsidR="001B60B3" w:rsidRPr="009B3938" w:rsidRDefault="001B60B3" w:rsidP="00992E47">
             <w:pPr>
               <w:tabs>
@@ -7397,58 +7427,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23E306B0" w14:textId="77777777" w:rsidR="001B60B3" w:rsidRPr="009B3938" w:rsidRDefault="001B60B3" w:rsidP="00992E47">
             <w:pPr>
               <w:tabs>
@@ -7466,58 +7496,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="578444EF" w14:textId="77777777" w:rsidR="001B60B3" w:rsidRPr="009B3938" w:rsidRDefault="001B60B3" w:rsidP="00992E47">
             <w:pPr>
               <w:tabs>
@@ -7535,58 +7565,58 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-            <w:r w:rsidR="00E83A53">
+            <w:r w:rsidRPr="009B3938">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009B3938">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="033CE61A" w14:textId="7AECC1FB" w:rsidR="009B3938" w:rsidRPr="009B3938" w:rsidRDefault="009B3938" w:rsidP="00CC1BFC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0"/>
@@ -7685,58 +7715,58 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-      <w:r w:rsidR="00E83A53">
+      <w:r w:rsidRPr="009B3938">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00CC1BFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
@@ -7766,58 +7796,58 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-      <w:r w:rsidR="00E83A53">
+      <w:r w:rsidRPr="009B3938">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00CC1BFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
@@ -7864,58 +7894,58 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen29"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E83A53">
+      <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00E83A53">
+      <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00CC1BFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
@@ -8184,58 +8214,58 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen28"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="31" w:name="Kontrollkästchen28"/>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E83A53">
+      <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00E83A53">
+      <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidR="00CC1BFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009B3938">
@@ -8265,58 +8295,58 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E83A53">
-[...6 lines deleted...]
-      <w:r w:rsidR="00E83A53">
+      <w:r w:rsidRPr="009B3938">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00CC1BFC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009B3938">
         <w:rPr>
@@ -8919,189 +8949,189 @@
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008F52AF" w:rsidRPr="009B3938" w:rsidSect="00BA2263">
       <w:headerReference w:type="even" r:id="rId13"/>
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="even" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:headerReference w:type="first" r:id="rId17"/>
       <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1304" w:bottom="851" w:left="1531" w:header="0" w:footer="136" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="550DD2BB" w14:textId="77777777" w:rsidR="009B3938" w:rsidRDefault="009B3938" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="369684DC" w14:textId="77777777" w:rsidR="009B3938" w:rsidRDefault="009B3938" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:altName w:val="Segoe UI"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Frutiger">
     <w:panose1 w:val="00000300000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000083" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000009" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="49135B74" w14:textId="77777777" w:rsidR="00294299" w:rsidRDefault="00294299">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="04734CC7" w14:textId="77777777" w:rsidR="00294299" w:rsidRDefault="00294299">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1B173314" w14:textId="77777777" w:rsidR="00294299" w:rsidRDefault="00294299">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="56327C2E" w14:textId="77777777" w:rsidR="009B3938" w:rsidRDefault="009B3938" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="590A19DD" w14:textId="77777777" w:rsidR="009B3938" w:rsidRDefault="009B3938" w:rsidP="00F657BF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3EEDE666" w14:textId="77777777" w:rsidR="00294299" w:rsidRDefault="00294299">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Formatvorlage1"/>
       <w:tblW w:w="9070" w:type="dxa"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9070"/>
     </w:tblGrid>
     <w:tr w:rsidR="00CB0747" w14:paraId="3F009237" w14:textId="77777777" w:rsidTr="00DA538D">
       <w:trPr>
         <w:trHeight w:val="283"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9070" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="3B54CB1B" w14:textId="77777777" w:rsidR="005377AE" w:rsidRDefault="005377AE" w:rsidP="00CB0747">
           <w:pPr>
             <w:pStyle w:val="KeinLeerraum"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
@@ -9114,51 +9144,51 @@
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="00CC78DD">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Formatvorlage1"/>
       <w:tblW w:w="9070" w:type="dxa"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9070"/>
     </w:tblGrid>
     <w:tr w:rsidR="009F7D3A" w14:paraId="6B4A8F72" w14:textId="77777777" w:rsidTr="00DA538D">
       <w:trPr>
         <w:trHeight w:val="283"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9070" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="634F10F6" w14:textId="77777777" w:rsidR="005377AE" w:rsidRDefault="005377AE" w:rsidP="009F7D3A">
           <w:pPr>
             <w:pStyle w:val="KeinLeerraum"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="009F7D3A" w14:paraId="64F75675" w14:textId="77777777" w:rsidTr="00DA538D">
@@ -9196,61 +9226,61 @@
         <w:trHeight w:val="850"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9070" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="639CCCDA" w14:textId="77777777" w:rsidR="005377AE" w:rsidRDefault="005377AE" w:rsidP="009F7D3A">
           <w:pPr>
             <w:pStyle w:val="KeinLeerraum"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="009F7D3A" w14:paraId="31A292B9" w14:textId="77777777" w:rsidTr="00D13D10">
       <w:trPr>
         <w:trHeight w:val="567"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9070" w:type="dxa"/>
         </w:tcPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="CustomElements.Layout.Title"/>
             <w:id w:val="-1767993301"/>
-            <w:dataBinding w:xpath="//Text[@id='CustomElements.Layout.Title']" w:storeItemID="{F303C3DB-84F1-4252-B9AC-016443E78E81}"/>
+            <w:dataBinding w:xpath="//Text[@id='CustomElements.Layout.Title']" w:storeItemID="{CC41B14B-978B-43B6-84A3-E7B04E7BD34C}"/>
             <w:text w:multiLine="1"/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:p w14:paraId="6D49572F" w14:textId="4C0F7D94" w:rsidR="005377AE" w:rsidRDefault="001B60B3" w:rsidP="00D13D10">
+            <w:p w14:paraId="6D49572F" w14:textId="6833C316" w:rsidR="005377AE" w:rsidRDefault="0072531B" w:rsidP="00D13D10">
               <w:pPr>
                 <w:pStyle w:val="Titel"/>
               </w:pPr>
               <w:r>
-                <w:t>Tagesstrukturen der Gemeinde Goldach – Ferienbetreuung Herbstferien 2025</w:t>
+                <w:t>Tagesstrukturen der Gemeinde Goldach – Ferienbetreuung Herbstferien 2026</w:t>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="44E3855E" w14:textId="77777777" w:rsidR="005377AE" w:rsidRPr="004E24CE" w:rsidRDefault="00E75941" w:rsidP="009F7D3A">
     <w:pPr>
       <w:pStyle w:val="InvisibleLine"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="7001ACC2" wp14:editId="0B4D80E5">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
@@ -9277,99 +9307,99 @@
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:sdt>
                           <w:sdtPr>
                             <w:alias w:val="CustomElements.Texts.Draft"/>
                             <w:id w:val="-2132847699"/>
-                            <w:dataBinding w:xpath="//Text[@id='CustomElements.Texts.Draft']" w:storeItemID="{F303C3DB-84F1-4252-B9AC-016443E78E81}"/>
+                            <w:dataBinding w:xpath="//Text[@id='CustomElements.Texts.Draft']" w:storeItemID="{CC41B14B-978B-43B6-84A3-E7B04E7BD34C}"/>
                             <w:text w:multiLine="1"/>
                           </w:sdtPr>
                           <w:sdtEndPr/>
                           <w:sdtContent>
                             <w:p w14:paraId="76FFB994" w14:textId="77777777" w:rsidR="005377AE" w:rsidRPr="00E93620" w:rsidRDefault="00E75941" w:rsidP="00B51021">
                               <w:pPr>
                                 <w:pStyle w:val="DraftText"/>
                               </w:pPr>
                               <w:r>
                                 <w:t>Entwurf</w:t>
                               </w:r>
                             </w:p>
                           </w:sdtContent>
                         </w:sdt>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="7001ACC2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="###DraftMode###4" o:spid="_x0000_s1026" type="#_x0000_t202" alt="off" style="position:absolute;margin-left:0;margin-top:-1273.7pt;width:680.3pt;height:141.75pt;rotation:-60;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBGHaFJYwIAAD8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r066rSiCOkWWosOA&#10;oi2aDj0rspQYk0WNYmJnXz9KttOi26XDfBBo6fGJfCR1cdk1TuwNxhp8KacnEymM11DVflPK74/X&#10;H86liKR8pRx4U8qDifJy/v7dRRtm5hS24CqDgkl8nLWhlFuiMCuKqLemUfEEgvF8aAEbRfyLm6JC&#10;1TJ744rTyeSsaAGrgKBNjLx71R/Keea31mi6szYaEq6UHBvlFfO6Tmsxv1CzDaqwrfUQhvqHKBpV&#10;e770SHWlSIkd1n9QNbVGiGDpRENTgLW1NjkHzmY6eZXNaquCybmwODEcZYr/j1bf7lfhHgV1X6Dj&#10;AiZB2hBnkTdTPp3FRiCwbtPzSf5ymhy4YDgrejiqaDoSmjfPzz4loBSazwavRFv0bIk1YKSvBhqR&#10;jFIilynTqv1NpB46QhLcw3XtXC6V86It5dnHz5PscDxhcucT1uSiDzTPmWSLDs4kjPMPxoq6yhmk&#10;jdxuZulQ7BU3itLaeMpaZF5GJ5TlIN7iOOCfo3qLc5/HeDN4Ojo3tQfM2b8Ku/oxhmx7PGv+Iu9k&#10;UrfuhgqvoTpw4XNtuVgx6Ouaq3GjIt0r5CHgTR5suuPFOmDVYbCk2AL++tt+wnNv8qkULQ9VKePP&#10;nUIjhfvmuWuZkkYDR2M9Gn7XLIHln+ZosskOSG40LULzxPO+SLfwkfKa7yqlJhx/ltQPN78Y2iwW&#10;GcaTFhTd+FXQiTzVI3XXY/ekMAwtSNy9tzAOnJq96sQemzw9LHYEts5tmiTtdRyk5inNjT68KOkZ&#10;ePmfUc/v3vw3AAAA//8DAFBLAwQUAAYACAAAACEAwHM5veIAAAAPAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPTU/DMAyG70j8h8hI3Lb0Q2WlNJ0YElcmxg4c09ZryxKnarKt+/eYEzvafvT6ecv1bI04&#10;4+QHRwriZQQCqXHtQJ2C/df7Igfhg6ZWG0eo4Ioe1tX9XamL1l3oE8+70AkOIV9oBX0IYyGlb3q0&#10;2i/diMS3g5usDjxOnWwnfeFwa2QSRU/S6oH4Q69HfOuxOe5OVsGHqaPt5mdzmOLvLeGqP5r4ulfq&#10;8WF+fQERcA7/MPzpszpU7FS7E7VeGAVZmmeMKlikUZ49g2AmTxLuV/MuXiVZCrIq5W2P6hcAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBGHaFJYwIAAD8FAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDAczm94gAAAA8BAAAPAAAAAAAAAAAAAAAAAL0E&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzAUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:sdt>
                     <w:sdtPr>
                       <w:alias w:val="CustomElements.Texts.Draft"/>
                       <w:id w:val="-2132847699"/>
-                      <w:dataBinding w:xpath="//Text[@id='CustomElements.Texts.Draft']" w:storeItemID="{F303C3DB-84F1-4252-B9AC-016443E78E81}"/>
+                      <w:dataBinding w:xpath="//Text[@id='CustomElements.Texts.Draft']" w:storeItemID="{CC41B14B-978B-43B6-84A3-E7B04E7BD34C}"/>
                       <w:text w:multiLine="1"/>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:p w14:paraId="76FFB994" w14:textId="77777777" w:rsidR="005377AE" w:rsidRPr="00E93620" w:rsidRDefault="00E75941" w:rsidP="00B51021">
                         <w:pPr>
                           <w:pStyle w:val="DraftText"/>
                         </w:pPr>
                         <w:r>
                           <w:t>Entwurf</w:t>
                         </w:r>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
               <w10:anchorlock/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
@@ -9552,51 +9582,51 @@
                                   <a:prstGeom prst="rect">
                                     <a:avLst/>
                                   </a:prstGeom>
                                 </pic:spPr>
                               </pic:pic>
                             </a:graphicData>
                           </a:graphic>
                         </wp:inline>
                       </w:drawing>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
               <w10:anchorlock/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10A40618"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AF18A842"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListAlphabetic"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="425" w:hanging="425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="850" w:hanging="425"/>
       </w:pPr>
@@ -10930,219 +10960,238 @@
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="none"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="3825" w:hanging="425"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="2074622018">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="14"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="180"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="WXGuGA8+Bi8GgKEMU8Q92wP6ptQdAMDtix+qb6sKck3e7I/tepoboaJLXxs6fcJJYZ1X02x6H9TyC5bGJusCtg==" w:salt="+JvOTzen6AoHk9de0pqAxQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="So1X4P6rBYJFAtB1s/P1OWccAYkjjWwErUTNaFFkdLkv6PMcFKPuAajcYDXCe64roMUtS6FMci+Nhg3kGp27aA==" w:salt="KxuCSCdnjnf/PYlk2mRe6A=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009B3938"/>
     <w:rsid w:val="000004C8"/>
+    <w:rsid w:val="000054C9"/>
+    <w:rsid w:val="00036A0C"/>
     <w:rsid w:val="00054452"/>
     <w:rsid w:val="000D2C71"/>
     <w:rsid w:val="000D4B1E"/>
     <w:rsid w:val="000D7EC6"/>
     <w:rsid w:val="000D7F3E"/>
     <w:rsid w:val="000E570F"/>
     <w:rsid w:val="00116701"/>
     <w:rsid w:val="00160A44"/>
     <w:rsid w:val="00192E55"/>
     <w:rsid w:val="001B60B3"/>
     <w:rsid w:val="001E7482"/>
+    <w:rsid w:val="001E7493"/>
+    <w:rsid w:val="002224A5"/>
     <w:rsid w:val="00281929"/>
     <w:rsid w:val="00294299"/>
     <w:rsid w:val="00295F3C"/>
     <w:rsid w:val="002B5D9F"/>
     <w:rsid w:val="002F322D"/>
+    <w:rsid w:val="0030212C"/>
     <w:rsid w:val="00303004"/>
     <w:rsid w:val="0031719C"/>
     <w:rsid w:val="003414F6"/>
     <w:rsid w:val="00361867"/>
     <w:rsid w:val="00366DAD"/>
     <w:rsid w:val="0037033B"/>
+    <w:rsid w:val="003809B5"/>
     <w:rsid w:val="003A3B62"/>
     <w:rsid w:val="003A6DA7"/>
     <w:rsid w:val="003B6EC7"/>
     <w:rsid w:val="003C4164"/>
     <w:rsid w:val="003E4CFB"/>
     <w:rsid w:val="00422EB6"/>
     <w:rsid w:val="004900F8"/>
     <w:rsid w:val="004907DF"/>
     <w:rsid w:val="004B23AB"/>
+    <w:rsid w:val="004C3EDE"/>
+    <w:rsid w:val="004E73DC"/>
     <w:rsid w:val="004F0D4B"/>
     <w:rsid w:val="005377AE"/>
     <w:rsid w:val="00556807"/>
+    <w:rsid w:val="00574131"/>
     <w:rsid w:val="00582447"/>
     <w:rsid w:val="00586CBB"/>
     <w:rsid w:val="00597A51"/>
     <w:rsid w:val="005B7D48"/>
     <w:rsid w:val="005C3C8F"/>
     <w:rsid w:val="005E283E"/>
     <w:rsid w:val="005F74E9"/>
     <w:rsid w:val="00603EAD"/>
     <w:rsid w:val="00641507"/>
     <w:rsid w:val="00666C1F"/>
     <w:rsid w:val="006701A3"/>
     <w:rsid w:val="006E561E"/>
+    <w:rsid w:val="006E5D73"/>
     <w:rsid w:val="006E7A59"/>
+    <w:rsid w:val="0072531B"/>
+    <w:rsid w:val="0073041F"/>
     <w:rsid w:val="00737028"/>
     <w:rsid w:val="007732B2"/>
     <w:rsid w:val="00797CAF"/>
     <w:rsid w:val="007A3FD2"/>
     <w:rsid w:val="007A51DD"/>
     <w:rsid w:val="007C01E8"/>
+    <w:rsid w:val="007C2923"/>
     <w:rsid w:val="007E2F10"/>
     <w:rsid w:val="007F4AF9"/>
     <w:rsid w:val="00824F49"/>
     <w:rsid w:val="00860EB2"/>
     <w:rsid w:val="008D65D6"/>
     <w:rsid w:val="008F2A83"/>
     <w:rsid w:val="008F52AF"/>
+    <w:rsid w:val="009070F4"/>
     <w:rsid w:val="00951A37"/>
     <w:rsid w:val="0097769A"/>
     <w:rsid w:val="009871BE"/>
     <w:rsid w:val="009A4073"/>
     <w:rsid w:val="009B11FB"/>
     <w:rsid w:val="009B3938"/>
+    <w:rsid w:val="009B5D0E"/>
     <w:rsid w:val="00A37788"/>
     <w:rsid w:val="00AA7C92"/>
     <w:rsid w:val="00AB3611"/>
     <w:rsid w:val="00AE319F"/>
     <w:rsid w:val="00AF2609"/>
     <w:rsid w:val="00AF443E"/>
     <w:rsid w:val="00B563C5"/>
     <w:rsid w:val="00B771C6"/>
+    <w:rsid w:val="00BC7D92"/>
     <w:rsid w:val="00BE0F63"/>
+    <w:rsid w:val="00C00437"/>
     <w:rsid w:val="00C064FC"/>
     <w:rsid w:val="00C07017"/>
     <w:rsid w:val="00C14AF7"/>
     <w:rsid w:val="00C263ED"/>
     <w:rsid w:val="00C37370"/>
     <w:rsid w:val="00C629EE"/>
     <w:rsid w:val="00C825B5"/>
     <w:rsid w:val="00C911AF"/>
     <w:rsid w:val="00CC1BFC"/>
     <w:rsid w:val="00CE7215"/>
     <w:rsid w:val="00CF6CFB"/>
     <w:rsid w:val="00D0078C"/>
+    <w:rsid w:val="00D0347C"/>
     <w:rsid w:val="00D214C3"/>
     <w:rsid w:val="00D21A48"/>
     <w:rsid w:val="00D51702"/>
     <w:rsid w:val="00D93D28"/>
     <w:rsid w:val="00DA39EE"/>
     <w:rsid w:val="00E2469E"/>
     <w:rsid w:val="00E5565A"/>
     <w:rsid w:val="00E67A18"/>
     <w:rsid w:val="00E75941"/>
     <w:rsid w:val="00E765B9"/>
     <w:rsid w:val="00E83A53"/>
     <w:rsid w:val="00EB088A"/>
     <w:rsid w:val="00EC5FBC"/>
     <w:rsid w:val="00ED7EAF"/>
     <w:rsid w:val="00EF3DAD"/>
     <w:rsid w:val="00F16BDD"/>
     <w:rsid w:val="00F20B1F"/>
+    <w:rsid w:val="00F22B07"/>
     <w:rsid w:val="00F657BF"/>
     <w:rsid w:val="00F65A5F"/>
     <w:rsid w:val="00F7636D"/>
     <w:rsid w:val="00FC660C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="651CC584"/>
   <w15:docId w15:val="{8690674E-785C-478B-9B45-DD161221E632}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12497,51 +12546,51 @@
     <w:pPr>
       <w:spacing w:after="216" w:line="336" w:lineRule="exact"/>
       <w:ind w:left="1247"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BesuchterLink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00294299"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.goldach.ch/fekbg/2429" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tagesstrukturen@goldach.ch" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\GH0ANCAR\AppData\Local\Temp\OneOffixx\generated\cd664ca7-bc64-44b1-8edf-98017362925b.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Theme farbig">
   <a:themeElements>
     <a:clrScheme name="Theme farbig">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
@@ -12830,108 +12879,73 @@
           </Definition>
         </Category>
         <Category id="Various">
           <Label>Diverses</Label>
           <Definition type="Hervorhebung" style="Hervorhebung">
             <Label>Hervorhebung</Label>
           </Definition>
         </Category>
         <!--
     <Category id="Formats">
       <Label>div. Formatierungen</Label>
       <Definition type="Intensiv" style="Intensiv">
         <Label>Hervorgehoben</Label>
       </Definition>
       <Definition type="Bold" style="Fett">
         <Label>Fett</Label>
       </Definition>
     </Category>
     -->
       </Group>
     </DocumentFunction>
   </Configuration>
 </OneOffixxFormattingPart>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...34 lines deleted...]
-<file path=customXml/item4.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < O n e O f f i x x D o c u m e n t P a r t   x m l n s : x s d = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a "   x m l n s : x s i = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a - i n s t a n c e "   i d = " 8 0 b a 8 5 9 c - 6 b 4 8 - 4 1 6 8 - a 6 9 8 - a c 8 c d c e 5 2 7 8 1 "   t I d = " 5 8 4 e 2 6 3 f - 3 b c 7 - 4 2 5 4 - 9 8 5 5 - b c 8 1 4 0 8 a 3 6 f 5 "   i n t e r n a l T I d = " 5 8 4 e 2 6 3 f - 3 b c 7 - 4 2 5 4 - 9 8 5 5 - b c 8 1 4 0 8 a 3 6 f 5 "   m t I d = " 2 7 5 a f 3 2 e - b c 4 0 - 4 5 c 2 - 8 5 b 7 - a f b 1 c 0 3 8 2 6 5 3 "   r e v i s i o n = " 0 "   c r e a t e d m a j o r v e r s i o n = " 0 "   c r e a t e d m i n o r v e r s i o n = " 0 "   c r e a t e d = " 2 0 2 3 - 0 2 - 1 0 T 1 1 : 4 3 : 5 3 . 0 3 9 9 3 7 5 Z "   m o d i f i e d m a j o r v e r s i o n = " 0 "   m o d i f i e d m i n o r v e r s i o n = " 0 "   m o d i f i e d = " 0 0 0 1 - 0 1 - 0 1 T 0 0 : 0 0 : 0 0 "   p r o f i l e = " d 0 9 4 6 6 b 5 - 9 1 e 1 - 4 b 8 f - 9 4 2 2 - c 5 1 a 0 1 3 9 4 c 6 f "   m o d e = " S a v e d D o c u m e n t "   c o l o r m o d e = " C o l o r "   l c i d = " 2 0 5 5 "   x m l n s = " h t t p : / / s c h e m a . o n e o f f i x x . c o m / O n e O f f i x x D o c u m e n t P a r t / 1 " > 
+<file path=customXml/item3.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < O n e O f f i x x D o c u m e n t P a r t   x m l n s : x s d = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a "   x m l n s : x s i = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a - i n s t a n c e "   i d = " 8 0 b a 8 5 9 c - 6 b 4 8 - 4 1 6 8 - a 6 9 8 - a c 8 c d c e 5 2 7 8 1 "   t I d = " 5 8 4 e 2 6 3 f - 3 b c 7 - 4 2 5 4 - 9 8 5 5 - b c 8 1 4 0 8 a 3 6 f 5 "   i n t e r n a l T I d = " 5 8 4 e 2 6 3 f - 3 b c 7 - 4 2 5 4 - 9 8 5 5 - b c 8 1 4 0 8 a 3 6 f 5 "   m t I d = " 2 7 5 a f 3 2 e - b c 4 0 - 4 5 c 2 - 8 5 b 7 - a f b 1 c 0 3 8 2 6 5 3 "   r e v i s i o n = " 0 "   c r e a t e d m a j o r v e r s i o n = " 0 "   c r e a t e d m i n o r v e r s i o n = " 0 "   c r e a t e d = " 2 0 2 3 - 0 2 - 1 0 T 1 1 : 4 3 : 5 3 . 0 3 9 9 3 7 5 Z "   m o d i f i e d m a j o r v e r s i o n = " 0 "   m o d i f i e d m i n o r v e r s i o n = " 0 "   m o d i f i e d = " 0 0 0 1 - 0 1 - 0 1 T 0 0 : 0 0 : 0 0 "   p r o f i l e = " d 0 9 4 6 6 b 5 - 9 1 e 1 - 4 b 8 f - 9 4 2 2 - c 5 1 a 0 1 3 9 4 c 6 f "   m o d e = " S a v e d D o c u m e n t "   c o l o r m o d e = " C o l o r "   l c i d = " 2 0 5 5 "   x m l n s = " h t t p : / / s c h e m a . o n e o f f i x x . c o m / O n e O f f i x x D o c u m e n t P a r t / 1 " > 
  
      < C o n t e n t > 
  
          < D a t a M o d e l   x m l n s = " " > 
  
              < T o o l b o x > 
  
-                 < T e x t   i d = " D o c u m e n t P r o p e r t i e s . S a v e P a t h " > < ! [ C D A T A [ h t t p s : / / g m d g o l d a c h - m y . s h a r e p o i n t . c o m / p e r s o n a l / s t e f a n _ r a u c h e n s t e i n _ g o l d a c h _ c h / D o c u m e n t s / F e r i e n a n m e l d u n g e n / A n m e l d u n g e n   f � r   W e b s i t e / 2 0 2 5 / B e a r b e i t e n / T a g e s s t r u k t u r e n _ A n m e l d u n g _ H e r b s t f e r i e n   2 0 2 5   n e u . d o c x ] ] > < / T e x t > 
+                 < T e x t   i d = " D o c u m e n t P r o p e r t i e s . S a v e P a t h " > < ! [ C D A T A [ h t t p s : / / g m d g o l d a c h - m y . s h a r e p o i n t . c o m / p e r s o n a l / s t e f a n _ r a u c h e n s t e i n _ g o l d a c h _ c h / D o c u m e n t s / F e r i e n a n m e l d u n g e n / 2 0 2 6 / V o r l a g e n   2 0 2 6 / T a g e s s t r u k t u r e n _ A n m e l d u n g _ H e r b s t f e r i e n   2 0 2 6 . d o c x ] ] > < / T e x t > 
  
-                 < T e x t   i d = " D o c u m e n t P r o p e r t i e s . D o c u m e n t N a m e " > < ! [ C D A T A [ T a g e s s t r u k t u r e n _ A n m e l d u n g _ H e r b s t f e r i e n   2 0 2 5   n e u . d o c x ] ] > < / T e x t > 
+                 < T e x t   i d = " D o c u m e n t P r o p e r t i e s . D o c u m e n t N a m e " > < ! [ C D A T A [ T a g e s s t r u k t u r e n _ A n m e l d u n g _ H e r b s t f e r i e n   2 0 2 6 . d o c x ] ] > < / T e x t > 
  
-                 < D a t e T i m e   i d = " D o c u m e n t P r o p e r t i e s . S a v e T i m e s t a m p "   l i d = " D e u t s c h   ( D e u t s c h l a n d ) " > 2 0 2 5 - 0 1 - 2 2 T 1 4 : 1 7 : 5 9 . 4 3 8 7 4 2 4 Z < / D a t e T i m e > 
+                 < D a t e T i m e   i d = " D o c u m e n t P r o p e r t i e s . S a v e T i m e s t a m p "   l i d = " D e u t s c h   ( D e u t s c h l a n d ) " > 2 0 2 5 - 1 1 - 2 0 T 0 7 : 4 9 : 3 5 . 9 7 8 7 7 9 9 Z < / D a t e T i m e > 
  
              < / T o o l b o x > 
  
              < I n t e r f a c e s > < / I n t e r f a c e s > 
  
              < S c r i p t i n g > 
  
                  < T e x t   i d = " C u s t o m E l e m e n t s . T e x t s . D r a f t "   l a b e l = " C u s t o m E l e m e n t s . T e x t s . D r a f t " > < ! [ C D A T A [ E n t w u r f ] ] > < / T e x t > 
  
-                 < T e x t   i d = " C u s t o m E l e m e n t s . L a y o u t . T i t l e "   l a b e l = " C u s t o m E l e m e n t s . L a y o u t . T i t l e " > < ! [ C D A T A [ T a g e s s t r u k t u r e n   d e r   G e m e i n d e   G o l d a c h      F e r i e n b e t r e u u n g   H e r b s t f e r i e n   2 0 2 5 ] ] > < / T e x t > 
+                 < T e x t   i d = " C u s t o m E l e m e n t s . L a y o u t . T i t l e "   l a b e l = " C u s t o m E l e m e n t s . L a y o u t . T i t l e " > < ! [ C D A T A [ T a g e s s t r u k t u r e n   d e r   G e m e i n d e   G o l d a c h      F e r i e n b e t r e u u n g   H e r b s t f e r i e n   2 0 2 6 ] ] > < / T e x t > 
  
              < / S c r i p t i n g > 
  
              < P r o f i l e > 
  
                  < T e x t   i d = " P r o f i l e . I d "   l a b e l = " P r o f i l e . I d " > < ! [ C D A T A [ d 0 9 4 6 6 b 5 - 9 1 e 1 - 4 b 8 f - 9 4 2 2 - c 5 1 a 0 1 3 9 4 c 6 f ] ] > < / T e x t > 
  
                  < T e x t   i d = " P r o f i l e . O r g a n i z a t i o n U n i t I d "   l a b e l = " P r o f i l e . O r g a n i z a t i o n U n i t I d " > < ! [ C D A T A [ e 1 f f 2 8 e d - 0 8 8 c - 4 b 6 c - b 4 4 0 - d 9 5 7 b c 0 c e 6 6 5 ] ] > < / T e x t > 
  
                  < T e x t   i d = " P r o f i l e . O r g . E m a i l "   l a b e l = " P r o f i l e . O r g . E m a i l " > < ! [ C D A T A [ i n f o @ g o l d a c h . c h ] ] > < / T e x t > 
  
                  < T e x t   i d = " P r o f i l e . O r g . F a x "   l a b e l = " P r o f i l e . O r g . F a x " > < ! [ C D A T A [   ] ] > < / T e x t > 
  
                  < T e x t   i d = " P r o f i l e . O r g . P h o n e "   l a b e l = " P r o f i l e . O r g . P h o n e " > < ! [ C D A T A [ + 4 1   5 8   2 2 8   7 8   0 0 ] ] > < / T e x t > 
  
                  < T e x t   i d = " P r o f i l e . O r g . P o s t a l . C i t y "   l a b e l = " P r o f i l e . O r g . P o s t a l . C i t y " > < ! [ C D A T A [ G o l d a c h ] ] > < / T e x t > 
  
                  < T e x t   i d = " P r o f i l e . O r g . P o s t a l . C o u n t r y "   l a b e l = " P r o f i l e . O r g . P o s t a l . C o u n t r y " > < ! [ C D A T A [ S c h w e i z ] ] > < / T e x t > 
  
                  < T e x t   i d = " P r o f i l e . O r g . P o s t a l . C Z i p "   l a b e l = " P r o f i l e . O r g . P o s t a l . C Z i p " > < ! [ C D A T A [   ] ] > < / T e x t > 
  
                  < T e x t   i d = " P r o f i l e . O r g . P o s t a l . P C i t y "   l a b e l = " P r o f i l e . O r g . P o s t a l . P C i t y " > < ! [ C D A T A [   ] ] > < / T e x t > 
  
                  < T e x t   i d = " P r o f i l e . O r g . P o s t a l . P o B o x "   l a b e l = " P r o f i l e . O r g . P o s t a l . P o B o x " > < ! [ C D A T A [ P o s t f a c h   9 5 ] ] > < / T e x t > 
  
@@ -13085,151 +13099,186 @@
  
                  < T e x t   i d = " S i g n e r _ 1 . U s e r . F u n c t i o n "   l a b e l = " S i g n e r _ 1 . U s e r . F u n c t i o n " > < ! [ C D A T A [   ] ] > < / T e x t > 
  
                  < T e x t   i d = " S i g n e r _ 1 . U s e r . L a s t N a m e "   l a b e l = " S i g n e r _ 1 . U s e r . L a s t N a m e " > < ! [ C D A T A [   ] ] > < / T e x t > 
  
                  < T e x t   i d = " S i g n e r _ 1 . U s e r . M o b i l e "   l a b e l = " S i g n e r _ 1 . U s e r . M o b i l e " > < ! [ C D A T A [   ] ] > < / T e x t > 
  
                  < T e x t   i d = " S i g n e r _ 1 . U s e r . P h o n e "   l a b e l = " S i g n e r _ 1 . U s e r . P h o n e " > < ! [ C D A T A [   ] ] > < / T e x t > 
  
                  < T e x t   i d = " S i g n e r _ 1 . U s e r . S a l u t a t i o n "   l a b e l = " S i g n e r _ 1 . U s e r . S a l u t a t i o n " > < ! [ C D A T A [   ] ] > < / T e x t > 
  
                  < T e x t   i d = " S i g n e r _ 1 . U s e r . T i t l e "   l a b e l = " S i g n e r _ 1 . U s e r . T i t l e " > < ! [ C D A T A [   ] ] > < / T e x t > 
  
              < / S i g n e r _ 1 > 
  
              < P a r a m e t e r   w i n d o w w i d t h = " 7 5 0 "   w i n d o w h e i g h t = " 3 5 0 " > 
  
                  < T e x t   i d = " S p e c i a l . C h e c k b o x G r o u p V i e w L i s t "   l a b e l = " S p e c i a l . C h e c k b o x G r o u p V i e w L i s t "   v i s i b l e = " F a l s e " > < ! [ C D A T A [   ] ] > < / T e x t > 
  
                  < T e x t   i d = " S p e c i a l . C h e c k b o x G r o u p V i e w B o x "   l a b e l = " S p e c i a l . C h e c k b o x G r o u p V i e w B o x "   v i s i b l e = " F a l s e " > < ! [ C D A T A [   ] ] > < / T e x t > 
  
                  < T e x t   i d = " S p e c i a l . C h e c k b o x G r o u p V i e w T e x t "   l a b e l = " S p e c i a l . C h e c k b o x G r o u p V i e w T e x t "   v i s i b l e = " F a l s e " > < ! [ C D A T A [   ] ] > < / T e x t > 
  
                  < T e x t   i d = " S p e c i a l . C h e c k b o x G r o u p V i e w B o x A n d T e x t "   l a b e l = " S p e c i a l . C h e c k b o x G r o u p V i e w B o x A n d T e x t "   v i s i b l e = " F a l s e " > < ! [ C D A T A [   ] ] > < / T e x t > 
  
-                 < T e x t   i d = " D o c P a r a m . S u b j e c t " > < ! [ C D A T A [ T a g e s s t r u k t u r e n   d e r   G e m e i n d e   G o l d a c h      F e r i e n b e t r e u u n g   H e r b s t f e r i e n   2 0 2 5 ] ] > < / T e x t > 
+                 < T e x t   i d = " D o c P a r a m . S u b j e c t " > < ! [ C D A T A [ T a g e s s t r u k t u r e n   d e r   G e m e i n d e   G o l d a c h      F e r i e n b e t r e u u n g   H e r b s t f e r i e n   2 0 2 6 ] ] > < / T e x t > 
  
                  < D a t e T i m e   i d = " D o c P a r a m . D a t e "   l i d = " D e u t s c h   ( D e u t s c h l a n d ) "   f o r m a t = " d . � M M M M � y y y y " > 2 0 2 5 - 0 1 - 2 2 T 0 0 : 0 0 : 0 0 Z < / D a t e T i m e > 
  
              < / P a r a m e t e r > 
  
          < / D a t a M o d e l > 
  
      < / C o n t e n t > 
  
      < T e m p l a t e T r e e   C r e a t i o n M o d e = " P u b l i s h e d "   P i p e l i n e V e r s i o n = " V 2 " > 
  
          < T e m p l a t e   t I d = " 5 8 4 e 2 6 3 f - 3 b c 7 - 4 2 5 4 - 9 8 5 5 - b c 8 1 4 0 8 a 3 6 f 5 "   i n t e r n a l T I d = " 5 8 4 e 2 6 3 f - 3 b c 7 - 4 2 5 4 - 9 8 5 5 - b c 8 1 4 0 8 a 3 6 f 5 " > 
  
              < B a s e d O n > 
  
                  < T e m p l a t e   t I d = " 9 5 0 6 d a 0 a - a 6 5 a - 4 b 2 c - 9 a 3 3 - 8 a 5 5 1 0 f 5 c 6 a 1 "   i n t e r n a l T I d = " 9 5 0 6 d a 0 a - a 6 5 a - 4 b 2 c - 9 a 3 3 - 8 a 5 5 1 0 f 5 c 6 a 1 " > 
  
                      < B a s e d O n > 
  
                          < T e m p l a t e   t I d = " e 7 b 4 5 b 5 9 - 4 4 b d - 4 7 b f - 9 6 f d - 9 4 4 e b d a f f 6 a c "   i n t e r n a l T I d = " 0 a f 1 8 c b 5 - 4 d e 0 - 4 0 f b - b a 9 6 - f 7 9 4 7 8 d 1 5 6 f 3 " / > 
  
                      < / B a s e d O n > 
  
                  < / T e m p l a t e > 
  
              < / B a s e d O n > 
  
          < / T e m p l a t e > 
  
      < / T e m p l a t e T r e e > 
  
  < / O n e O f f i x x D o c u m e n t P a r t > 
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<OneOffixxImageDefinitionPart xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schema.oneoffixx.com/OneOffixxImageDefinitionPart/1">
+  <ImageDefinitions>
+    <ImageSizeDefinition>
+      <Id>1892859260</Id>
+      <Width>0</Width>
+      <Height>0</Height>
+      <XPath>//Image[@id='Profile.Org.Logo']</XPath>
+      <ImageHash>46de7ac2a9c7c2f50052555df9ccd785</ImageHash>
+    </ImageSizeDefinition>
+    <ImageSizeDefinition>
+      <Id>770456550</Id>
+      <Width>0</Width>
+      <Height>0</Height>
+      <XPath>//Image[@id='Profile.Org.Logo']</XPath>
+      <ImageHash>46de7ac2a9c7c2f50052555df9ccd785</ImageHash>
+    </ImageSizeDefinition>
+    <ImageSizeDefinition>
+      <Id>231002061</Id>
+      <Width>0</Width>
+      <Height>0</Height>
+      <XPath>//Image[@id='Profile.Org.Logo']</XPath>
+      <ImageHash>46de7ac2a9c7c2f50052555df9ccd785</ImageHash>
+    </ImageSizeDefinition>
+    <ImageSizeDefinition>
+      <Id>77712768</Id>
+      <Width>0</Width>
+      <Height>0</Height>
+      <XPath>//Image[@id='Profile.Org.Logo']</XPath>
+      <ImageHash>46de7ac2a9c7c2f50052555df9ccd785</ImageHash>
+    </ImageSizeDefinition>
+  </ImageDefinitions>
+</OneOffixxImageDefinitionPart>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{882DFF6E-B7CD-453C-A50D-96ABA55878CF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schema.oneoffixx.com/OneOffixxExtendedBindingPart/1"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{829ACB0E-BBCB-46DD-8C7F-3DF03DD30C43}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schema.oneoffixx.com/OneOffixxFormattingPart/1"/>
     <ds:schemaRef ds:uri=""/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC41B14B-978B-43B6-84A3-E7B04E7BD34C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schema.oneoffixx.com/OneOffixxDocumentPart/1"/>
+    <ds:schemaRef ds:uri=""/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B5FB9A0-A013-4A7A-BD81-4B5555E5EEC3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schema.oneoffixx.com/OneOffixxImageDefinitionPart/1"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>cd664ca7-bc64-44b1-8edf-98017362925b</Template>
+  <Template>cd664ca7-bc64-44b1-8edf-98017362925b.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>703</Words>
-  <Characters>4429</Characters>
+  <Words>676</Words>
+  <Characters>4261</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5122</CharactersWithSpaces>
+  <CharactersWithSpaces>4928</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Antonella Kiansky</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="OOTrackRevision">
     <vt:bool>false</vt:bool>
   </property>
 </Properties>
 </file>